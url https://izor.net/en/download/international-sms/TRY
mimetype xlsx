--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5951</t>
+    <t>8,7756</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0446</t>
+    <t>5,1505</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,0891</t>
+    <t>10,3009</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,7472</t>
+    <t>13,0148</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,6413</t>
+    <t>11,8857</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,507</t>
+    <t>9,7067</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,4714</t>
+    <t>5,5863</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,4918</t>
+    <t>16,8381</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2386</t>
+    <t>5,3486</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,2831</t>
+    <t>10,499</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,5815</t>
+    <t>13,8666</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,9549</t>
+    <t>8,1219</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1043</t>
+    <t>3,1695</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9428</t>
+    <t>11,1726</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2233</t>
+    <t>12,48</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2532</t>
+    <t>11,4895</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,3576</t>
+    <t>14,659</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1237</t>
+    <t>3,1893</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1715</t>
+    <t>4,259</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>114,4725</t>
+    <t>116,876</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,5668</t>
+    <t>7,7257</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,2758</t>
+    <t>7,4286</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,3216</t>
+    <t>8,4963</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,5967</t>
+    <t>6,7352</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,6565</t>
+    <t>4,7543</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,0147</t>
+    <t>6,1409</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,6947</t>
+    <t>18,0663</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,4924</t>
+    <t>3,5657</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>6,9848</t>
+    <t>7,1314</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>11,9711</t>
+    <t>12,2225</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9192</t>
+    <t>4,0015</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,1788</t>
+    <t>7,3295</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,0739</t>
+    <t>17,4324</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3429</t>
+    <t>8,5181</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,8951</t>
+    <t>10,1028</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,9234</t>
+    <t>11,1527</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,8191</t>
+    <t>7,9832</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,119</t>
+    <t>9,3105</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,2679</t>
+    <t>17,6305</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,6712</t>
+    <t>10,8952</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,731</t>
+    <t>8,9143</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6114</t>
+    <t>12,8762</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,5144</t>
+    <t>12,7771</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3283</t>
+    <t>2,3771</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,6429</t>
+    <t>9,8453</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,5217</t>
+    <t>15,8476</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,238</t>
+    <t>18,6209</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,7608</t>
+    <t>7,9238</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,3471</t>
+    <t>15,6693</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,0592</t>
+    <t>11,2914</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,2087</t>
+    <t>6,339</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,925</t>
+    <t>9,1124</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,3728</t>
+    <t>7,5276</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>13,9695</t>
+    <t>14,2628</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,0713</t>
+    <t>8,2408</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3712</t>
+    <t>9,568</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,8668</t>
+    <t>9,0529</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,8353</t>
+    <t>12,0838</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,5427</t>
+    <t>13,827</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,0744</t>
+    <t>4,16</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,313</t>
+    <t>9,5086</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,7907</t>
+    <t>6,9333</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,4326</t>
+    <t>5,5467</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,4771</t>
+    <t>10,6971</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,2825</t>
+    <t>23,7714</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,4708</t>
+    <t>18,8586</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,6953</t>
+    <t>4,7939</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,6423</t>
+    <t>23,1177</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,2984</t>
+    <t>3,3676</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,8054</t>
+    <t>13,0743</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,3146</t>
+    <t>7,4682</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,4619</t>
+    <t>17,8285</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,3875</t>
+    <t>13,6686</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8505</t>
+    <t>4,9524</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4027</t>
+    <t>6,5371</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,0665</t>
+    <t>14,3619</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6864</t>
+    <t>3,7638</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,4472</t>
+    <t>11,6876</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,0287</t>
+    <t>25,5543</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,5191</t>
+    <t>6,656</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8652</t>
+    <t>11,0933</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,043</t>
+    <t>7,1908</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7189</t>
+    <t>11,9649</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,6187</t>
+    <t>15,9466</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,7755</t>
+    <t>14,0647</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,271</t>
+    <t>13,5497</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,495</t>
+    <t>12,7573</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>12,9994</t>
+    <t>13,2724</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4625</t>
+    <t>4,5562</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5522</t>
+    <t>1,5848</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,4021</t>
+    <t>19,8095</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2469</t>
+    <t>19,651</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1756</t>
+    <t>11,4103</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>