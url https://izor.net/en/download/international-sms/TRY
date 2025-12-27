--- v1 (2025-12-07)
+++ v2 (2025-12-27)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,7756</t>
+    <t>8,9347</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,1505</t>
+    <t>5,2438</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,3009</t>
+    <t>10,4877</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,0148</t>
+    <t>13,2508</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,8857</t>
+    <t>12,1012</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,7067</t>
+    <t>9,8826</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,5863</t>
+    <t>5,6876</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,8381</t>
+    <t>17,1433</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,3486</t>
+    <t>5,4455</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,499</t>
+    <t>10,6894</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,8666</t>
+    <t>14,118</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,1219</t>
+    <t>8,2691</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1695</t>
+    <t>3,227</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,1726</t>
+    <t>11,3751</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,48</t>
+    <t>12,7062</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,4895</t>
+    <t>11,6978</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,659</t>
+    <t>14,9248</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1893</t>
+    <t>3,2471</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,259</t>
+    <t>4,3363</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>116,876</t>
+    <t>118,9949</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,7257</t>
+    <t>7,8658</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,4286</t>
+    <t>7,5632</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,4963</t>
+    <t>8,6503</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,7352</t>
+    <t>6,8573</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,7543</t>
+    <t>4,8405</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,1409</t>
+    <t>6,2523</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,0663</t>
+    <t>18,3938</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5657</t>
+    <t>3,6304</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,1314</t>
+    <t>7,2607</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,2225</t>
+    <t>12,444</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0015</t>
+    <t>4,0741</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,3295</t>
+    <t>7,4624</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,4324</t>
+    <t>17,7484</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,5181</t>
+    <t>8,6725</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,1028</t>
+    <t>10,286</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,1527</t>
+    <t>11,3549</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,9832</t>
+    <t>8,128</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,3105</t>
+    <t>9,4793</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,6305</t>
+    <t>17,9501</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,8952</t>
+    <t>11,0927</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,9143</t>
+    <t>9,0759</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,8762</t>
+    <t>13,1096</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,7771</t>
+    <t>13,0088</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3771</t>
+    <t>2,4202</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,8453</t>
+    <t>10,0238</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,8476</t>
+    <t>16,1349</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,6209</t>
+    <t>18,9585</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,9238</t>
+    <t>8,0675</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,6693</t>
+    <t>15,9534</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,2914</t>
+    <t>11,4961</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,339</t>
+    <t>6,454</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,1124</t>
+    <t>9,2776</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,5276</t>
+    <t>7,6641</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,2628</t>
+    <t>14,5214</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,2408</t>
+    <t>8,3901</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,568</t>
+    <t>9,7414</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,0529</t>
+    <t>9,2171</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,0838</t>
+    <t>12,3029</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,827</t>
+    <t>14,0777</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,16</t>
+    <t>4,2354</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,5086</t>
+    <t>9,6809</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,9333</t>
+    <t>7,059</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,5467</t>
+    <t>5,6472</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,6971</t>
+    <t>10,8911</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,7714</t>
+    <t>24,2024</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,8586</t>
+    <t>19,2005</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7939</t>
+    <t>4,8808</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,1177</t>
+    <t>23,5368</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3676</t>
+    <t>3,4287</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,0743</t>
+    <t>13,3113</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,4682</t>
+    <t>7,6036</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,8285</t>
+    <t>18,1518</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,6686</t>
+    <t>13,9164</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,9524</t>
+    <t>5,0422</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,5371</t>
+    <t>6,6556</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,3619</t>
+    <t>14,6223</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7638</t>
+    <t>3,832</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,6876</t>
+    <t>11,8995</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,5543</t>
+    <t>26,0175</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,656</t>
+    <t>6,7767</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,0933</t>
+    <t>11,2944</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,1908</t>
+    <t>7,3212</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,9649</t>
+    <t>12,1819</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,9466</t>
+    <t>16,2357</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,0647</t>
+    <t>14,3197</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,5497</t>
+    <t>13,7953</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,7573</t>
+    <t>12,9886</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,2724</t>
+    <t>13,513</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,5562</t>
+    <t>4,6388</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5848</t>
+    <t>1,6135</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,8095</t>
+    <t>20,1686</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,651</t>
+    <t>20,0073</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,4103</t>
+    <t>11,6171</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>