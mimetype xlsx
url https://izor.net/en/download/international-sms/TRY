--- v2 (2025-12-27)
+++ v3 (2026-01-31)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,9347</t>
+    <t>9,122</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,2438</t>
+    <t>5,3538</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,4877</t>
+    <t>10,7075</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,2508</t>
+    <t>13,5285</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,1012</t>
+    <t>12,3548</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,8826</t>
+    <t>10,0898</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,6876</t>
+    <t>5,8068</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,1433</t>
+    <t>17,5027</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,4455</t>
+    <t>5,5597</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6894</t>
+    <t>10,9134</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,118</t>
+    <t>14,414</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,2691</t>
+    <t>8,4425</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,227</t>
+    <t>3,2946</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,3751</t>
+    <t>11,6135</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,7062</t>
+    <t>12,9726</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6978</t>
+    <t>11,943</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,9248</t>
+    <t>15,2376</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2471</t>
+    <t>3,3152</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3363</t>
+    <t>4,4271</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>118,9949</t>
+    <t>121,4891</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,8658</t>
+    <t>8,0306</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,5632</t>
+    <t>7,7218</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,6503</t>
+    <t>8,8316</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,8573</t>
+    <t>7,0011</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,8405</t>
+    <t>4,9419</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,2523</t>
+    <t>6,3833</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,3938</t>
+    <t>18,7793</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6304</t>
+    <t>3,7064</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,2607</t>
+    <t>7,4129</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,444</t>
+    <t>12,7049</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0741</t>
+    <t>4,1595</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,4624</t>
+    <t>7,6188</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,7484</t>
+    <t>18,1204</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,6725</t>
+    <t>8,8543</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,286</t>
+    <t>10,5016</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,3549</t>
+    <t>11,5929</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,128</t>
+    <t>8,2983</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,4793</t>
+    <t>9,6779</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,9501</t>
+    <t>18,3263</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,0927</t>
+    <t>11,3253</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,0759</t>
+    <t>9,2661</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,1096</t>
+    <t>13,3844</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,0088</t>
+    <t>13,2814</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,4202</t>
+    <t>2,471</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,0238</t>
+    <t>10,2339</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,1349</t>
+    <t>16,4731</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,9585</t>
+    <t>19,3559</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,0675</t>
+    <t>8,2365</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,9534</t>
+    <t>16,2878</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,4961</t>
+    <t>11,7371</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,454</t>
+    <t>6,5892</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,2776</t>
+    <t>9,472</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,6641</t>
+    <t>7,8247</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,5214</t>
+    <t>14,8258</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,3901</t>
+    <t>8,566</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,7414</t>
+    <t>9,9456</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,2171</t>
+    <t>9,4103</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,3029</t>
+    <t>12,5607</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,0777</t>
+    <t>14,3728</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2354</t>
+    <t>4,3242</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6809</t>
+    <t>9,8839</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,059</t>
+    <t>7,207</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,6472</t>
+    <t>5,7656</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,8911</t>
+    <t>11,1193</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,2024</t>
+    <t>24,7096</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,2005</t>
+    <t>19,603</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,8808</t>
+    <t>4,9831</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,5368</t>
+    <t>24,0301</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4287</t>
+    <t>3,5005</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,3113</t>
+    <t>13,5903</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,6036</t>
+    <t>7,7629</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,1518</t>
+    <t>18,5322</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,9164</t>
+    <t>14,208</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0422</t>
+    <t>5,1478</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6556</t>
+    <t>6,7952</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,6223</t>
+    <t>14,9287</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,832</t>
+    <t>3,9124</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,8995</t>
+    <t>12,1489</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,0175</t>
+    <t>26,5629</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,7767</t>
+    <t>6,9187</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,2944</t>
+    <t>11,5312</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,3212</t>
+    <t>7,4747</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,1819</t>
+    <t>12,4372</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,2357</t>
+    <t>16,5761</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,3197</t>
+    <t>14,6199</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,7953</t>
+    <t>14,0845</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,9886</t>
+    <t>13,2608</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,513</t>
+    <t>13,7962</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6388</t>
+    <t>4,736</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6135</t>
+    <t>1,6473</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,1686</t>
+    <t>20,5914</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,0073</t>
+    <t>20,4266</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,6171</t>
+    <t>11,8606</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>