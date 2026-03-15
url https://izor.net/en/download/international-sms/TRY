--- v3 (2026-01-31)
+++ v4 (2026-03-15)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,122</t>
+    <t>8,9744</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,3538</t>
+    <t>5,2671</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,7075</t>
+    <t>10,5343</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,5285</t>
+    <t>13,3097</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,3548</t>
+    <t>12,155</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>10,0898</t>
+    <t>9,9265</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,8068</t>
+    <t>5,7128</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,5027</t>
+    <t>17,2195</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,5597</t>
+    <t>5,4697</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,9134</t>
+    <t>10,7369</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,414</t>
+    <t>14,1808</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,4425</t>
+    <t>8,3059</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2946</t>
+    <t>3,2413</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,6135</t>
+    <t>11,4257</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,9726</t>
+    <t>12,7627</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,943</t>
+    <t>11,7498</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>15,2376</t>
+    <t>14,9911</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,3152</t>
+    <t>3,2616</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,4271</t>
+    <t>4,3555</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>121,4891</t>
+    <t>119,5238</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>8,0306</t>
+    <t>7,9007</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,7218</t>
+    <t>7,5968</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,8316</t>
+    <t>8,6888</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>7,0011</t>
+    <t>6,8878</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,9419</t>
+    <t>4,862</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,3833</t>
+    <t>6,2801</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,7793</t>
+    <t>18,4755</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,7064</t>
+    <t>3,6465</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,4129</t>
+    <t>7,293</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,7049</t>
+    <t>12,4993</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,1595</t>
+    <t>4,0922</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,6188</t>
+    <t>7,4956</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>18,1204</t>
+    <t>17,8273</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,8543</t>
+    <t>8,7111</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,5016</t>
+    <t>10,3317</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,5929</t>
+    <t>11,4054</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,2983</t>
+    <t>8,1641</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,6779</t>
+    <t>9,5214</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,3263</t>
+    <t>18,0299</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,3253</t>
+    <t>11,142</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,2661</t>
+    <t>9,1162</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,3844</t>
+    <t>13,1679</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,2814</t>
+    <t>13,0666</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,471</t>
+    <t>2,431</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,2339</t>
+    <t>10,0684</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,4731</t>
+    <t>16,2066</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,3559</t>
+    <t>19,0428</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,2365</t>
+    <t>8,1033</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>16,2878</t>
+    <t>16,0243</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,7371</t>
+    <t>11,5472</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,5892</t>
+    <t>6,4826</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,472</t>
+    <t>9,3188</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,8247</t>
+    <t>7,6981</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,8258</t>
+    <t>14,5859</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,566</t>
+    <t>8,4274</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,9456</t>
+    <t>9,7847</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,4103</t>
+    <t>9,258</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,5607</t>
+    <t>12,3575</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,3728</t>
+    <t>14,1403</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,3242</t>
+    <t>4,2542</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,8839</t>
+    <t>9,724</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,207</t>
+    <t>7,0904</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,7656</t>
+    <t>5,6723</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>11,1193</t>
+    <t>10,9395</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,7096</t>
+    <t>24,3099</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,603</t>
+    <t>19,2859</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,9831</t>
+    <t>4,9025</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>24,0301</t>
+    <t>23,6414</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,5005</t>
+    <t>3,4439</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,5903</t>
+    <t>13,3705</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,7629</t>
+    <t>7,6374</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,5322</t>
+    <t>18,2324</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>14,208</t>
+    <t>13,9782</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,1478</t>
+    <t>5,0646</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7952</t>
+    <t>6,6852</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,9287</t>
+    <t>14,6872</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,9124</t>
+    <t>3,8491</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>12,1489</t>
+    <t>11,9524</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,5629</t>
+    <t>26,1332</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,9187</t>
+    <t>6,8068</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,5312</t>
+    <t>11,3446</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,4747</t>
+    <t>7,3537</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,4372</t>
+    <t>12,236</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,5761</t>
+    <t>16,3079</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,6199</t>
+    <t>14,3834</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>14,0845</t>
+    <t>13,8567</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>13,2608</t>
+    <t>13,0463</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,7962</t>
+    <t>13,573</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,736</t>
+    <t>4,6594</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6473</t>
+    <t>1,6207</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,5914</t>
+    <t>20,2583</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,4266</t>
+    <t>20,0962</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,8606</t>
+    <t>11,6688</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>