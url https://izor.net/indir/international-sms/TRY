--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5382</t>
+    <t>8,635</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0111</t>
+    <t>5,0679</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,0222</t>
+    <t>10,1359</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,6627</t>
+    <t>12,8063</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,5641</t>
+    <t>11,6953</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,444</t>
+    <t>9,5511</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4351</t>
+    <t>5,4968</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,3825</t>
+    <t>16,5683</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2038</t>
+    <t>5,2629</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,215</t>
+    <t>10,3308</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,4915</t>
+    <t>13,6445</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9021</t>
+    <t>7,9918</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,0838</t>
+    <t>3,1187</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,8703</t>
+    <t>10,9936</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,1423</t>
+    <t>12,28</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,1786</t>
+    <t>11,3054</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,2624</t>
+    <t>14,4242</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,103</t>
+    <t>3,1382</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1438</t>
+    <t>4,1908</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>113,7137</t>
+    <t>115,0034</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,5167</t>
+    <t>7,6019</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,2276</t>
+    <t>7,3095</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,2664</t>
+    <t>8,3602</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,553</t>
+    <t>6,6273</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6256</t>
+    <t>4,6781</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>5,9748</t>
+    <t>6,0426</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,5774</t>
+    <t>17,7768</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,4692</t>
+    <t>3,5086</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>6,9385</t>
+    <t>7,0172</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>11,8918</t>
+    <t>12,0266</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,8932</t>
+    <t>3,9374</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,1312</t>
+    <t>7,2121</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>16,9607</t>
+    <t>17,1531</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,2876</t>
+    <t>8,3816</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,8295</t>
+    <t>9,941</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,851</t>
+    <t>10,9741</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,7672</t>
+    <t>7,8553</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,0585</t>
+    <t>9,1613</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,1534</t>
+    <t>17,348</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,6004</t>
+    <t>10,7207</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,6731</t>
+    <t>8,7714</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,5278</t>
+    <t>12,6699</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,4314</t>
+    <t>12,5724</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3128</t>
+    <t>2,3391</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,5789</t>
+    <t>9,6876</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,4188</t>
+    <t>15,5937</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,1171</t>
+    <t>18,3226</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7094</t>
+    <t>7,7968</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,2453</t>
+    <t>15,4183</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>10,9859</t>
+    <t>11,1105</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,1675</t>
+    <t>6,2375</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,8658</t>
+    <t>8,9664</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,3239</t>
+    <t>7,407</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>13,8769</t>
+    <t>14,0343</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,0178</t>
+    <t>8,1087</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3091</t>
+    <t>9,4147</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,808</t>
+    <t>8,9079</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,7568</t>
+    <t>11,8902</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,4529</t>
+    <t>13,6055</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0474</t>
+    <t>4,0933</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,2513</t>
+    <t>9,3562</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,7457</t>
+    <t>6,8222</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,3966</t>
+    <t>5,4578</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,4077</t>
+    <t>10,5257</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,1282</t>
+    <t>23,3905</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,3484</t>
+    <t>18,5565</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,6642</t>
+    <t>4,7171</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,4922</t>
+    <t>22,7473</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,2765</t>
+    <t>3,3137</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,7205</t>
+    <t>12,8648</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,2661</t>
+    <t>7,3485</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,3462</t>
+    <t>17,5429</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,2987</t>
+    <t>13,4496</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8184</t>
+    <t>4,873</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3603</t>
+    <t>6,4324</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>13,9733</t>
+    <t>14,1318</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,662</t>
+    <t>3,7035</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,3714</t>
+    <t>11,5003</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>24,8628</t>
+    <t>25,1448</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,4759</t>
+    <t>6,5493</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,7932</t>
+    <t>10,9156</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>6,9963</t>
+    <t>7,0756</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,6412</t>
+    <t>11,7732</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,5152</t>
+    <t>15,6911</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,6842</t>
+    <t>13,8394</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,1831</t>
+    <t>13,3326</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,4121</t>
+    <t>12,5529</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>12,9132</t>
+    <t>13,0597</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4329</t>
+    <t>4,4832</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5419</t>
+    <t>1,5594</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,2735</t>
+    <t>19,4921</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,1193</t>
+    <t>19,3362</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1015</t>
+    <t>11,2275</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>