--- v1 (2025-11-02)
+++ v2 (2026-01-23)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,635</t>
+    <t>9,0276</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0679</t>
+    <t>5,2984</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,1359</t>
+    <t>10,5968</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,8063</t>
+    <t>13,3886</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6953</t>
+    <t>12,2271</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,5511</t>
+    <t>9,9854</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4968</t>
+    <t>5,7467</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,5683</t>
+    <t>17,3217</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2629</t>
+    <t>5,5022</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3308</t>
+    <t>10,8006</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,6445</t>
+    <t>14,2649</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9918</t>
+    <t>8,3552</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1187</t>
+    <t>3,2605</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9936</t>
+    <t>11,4934</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,28</t>
+    <t>12,8384</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,3054</t>
+    <t>11,8195</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,4242</t>
+    <t>15,08</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1382</t>
+    <t>3,2809</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1908</t>
+    <t>4,3814</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>115,0034</t>
+    <t>120,2327</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,6019</t>
+    <t>7,9476</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,3095</t>
+    <t>7,6419</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,3602</t>
+    <t>8,7403</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,6273</t>
+    <t>6,9287</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6781</t>
+    <t>4,8908</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0426</t>
+    <t>6,3173</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,7768</t>
+    <t>18,5851</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,5086</t>
+    <t>3,6681</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,0172</t>
+    <t>7,3362</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,0266</t>
+    <t>12,5735</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9374</t>
+    <t>4,1164</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2121</t>
+    <t>7,54</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,1531</t>
+    <t>17,933</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3816</t>
+    <t>8,7627</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,941</t>
+    <t>10,393</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9741</t>
+    <t>11,4731</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8553</t>
+    <t>8,2125</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1613</t>
+    <t>9,5779</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,348</t>
+    <t>18,1368</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,7207</t>
+    <t>11,2081</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7714</t>
+    <t>9,1703</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6699</t>
+    <t>13,246</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,5724</t>
+    <t>13,1441</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3391</t>
+    <t>2,4454</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,6876</t>
+    <t>10,1281</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,5937</t>
+    <t>16,3027</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3226</t>
+    <t>19,1557</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7968</t>
+    <t>8,1514</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,4183</t>
+    <t>16,1193</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,1105</t>
+    <t>11,6157</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,2375</t>
+    <t>6,5211</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9664</t>
+    <t>9,3741</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,407</t>
+    <t>7,7438</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,0343</t>
+    <t>14,6725</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,1087</t>
+    <t>8,4774</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,4147</t>
+    <t>9,8428</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,9079</t>
+    <t>9,3129</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,8902</t>
+    <t>12,4308</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,6055</t>
+    <t>14,2241</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0933</t>
+    <t>4,2795</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3562</t>
+    <t>9,7816</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,8222</t>
+    <t>7,1324</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4578</t>
+    <t>5,706</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,5257</t>
+    <t>11,0043</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,3905</t>
+    <t>24,4541</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5565</t>
+    <t>19,4003</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,7171</t>
+    <t>4,9316</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,7473</t>
+    <t>23,7816</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,3137</t>
+    <t>3,4643</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,8648</t>
+    <t>13,4498</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3485</t>
+    <t>7,6827</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5429</t>
+    <t>18,3406</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,4496</t>
+    <t>14,0611</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,873</t>
+    <t>5,0946</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4324</t>
+    <t>6,7249</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,1318</t>
+    <t>14,7744</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7035</t>
+    <t>3,8719</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,5003</t>
+    <t>12,0233</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,1448</t>
+    <t>26,2882</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5493</t>
+    <t>6,8471</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9156</t>
+    <t>11,4119</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0756</t>
+    <t>7,3974</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7732</t>
+    <t>12,3086</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,6911</t>
+    <t>16,4046</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,8394</t>
+    <t>14,4687</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,3326</t>
+    <t>13,9388</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,5529</t>
+    <t>13,1237</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,0597</t>
+    <t>13,6535</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4832</t>
+    <t>4,687</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5594</t>
+    <t>1,6303</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,4921</t>
+    <t>20,3784</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,3362</t>
+    <t>20,2154</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2275</t>
+    <t>11,738</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>