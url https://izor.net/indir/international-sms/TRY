--- v2 (2026-01-23)
+++ v3 (2026-03-15)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,0276</t>
+    <t>8,9744</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,2984</t>
+    <t>5,2671</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,5968</t>
+    <t>10,5343</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,3886</t>
+    <t>13,3097</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,2271</t>
+    <t>12,155</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,9854</t>
+    <t>9,9265</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,7467</t>
+    <t>5,7128</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,3217</t>
+    <t>17,2195</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,5022</t>
+    <t>5,4697</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,8006</t>
+    <t>10,7369</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,2649</t>
+    <t>14,1808</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,3552</t>
+    <t>8,3059</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2605</t>
+    <t>3,2413</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,4934</t>
+    <t>11,4257</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,8384</t>
+    <t>12,7627</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,8195</t>
+    <t>11,7498</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>15,08</t>
+    <t>14,9911</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,2809</t>
+    <t>3,2616</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3814</t>
+    <t>4,3555</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>120,2327</t>
+    <t>119,5238</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,9476</t>
+    <t>7,9007</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,6419</t>
+    <t>7,5968</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,7403</t>
+    <t>8,6888</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,9287</t>
+    <t>6,8878</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,8908</t>
+    <t>4,862</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,3173</t>
+    <t>6,2801</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,5851</t>
+    <t>18,4755</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,6681</t>
+    <t>3,6465</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,3362</t>
+    <t>7,293</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,5735</t>
+    <t>12,4993</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,1164</t>
+    <t>4,0922</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,54</t>
+    <t>7,4956</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,933</t>
+    <t>17,8273</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,7627</t>
+    <t>8,7111</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,393</t>
+    <t>10,3317</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,4731</t>
+    <t>11,4054</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,2125</t>
+    <t>8,1641</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,5779</t>
+    <t>9,5214</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,1368</t>
+    <t>18,0299</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,2081</t>
+    <t>11,142</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,1703</t>
+    <t>9,1162</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,246</t>
+    <t>13,1679</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>13,1441</t>
+    <t>13,0666</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4454</t>
+    <t>2,431</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>10,1281</t>
+    <t>10,0684</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,3027</t>
+    <t>16,2066</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,1557</t>
+    <t>19,0428</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,1514</t>
+    <t>8,1033</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>16,1193</t>
+    <t>16,0243</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,6157</t>
+    <t>11,5472</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,5211</t>
+    <t>6,4826</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,3741</t>
+    <t>9,3188</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,7438</t>
+    <t>7,6981</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,6725</t>
+    <t>14,5859</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,4774</t>
+    <t>8,4274</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,8428</t>
+    <t>9,7847</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,3129</t>
+    <t>9,258</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,4308</t>
+    <t>12,3575</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,2241</t>
+    <t>14,1403</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,2795</t>
+    <t>4,2542</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,7816</t>
+    <t>9,724</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,1324</t>
+    <t>7,0904</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,706</t>
+    <t>5,6723</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>11,0043</t>
+    <t>10,9395</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,4541</t>
+    <t>24,3099</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,4003</t>
+    <t>19,2859</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,9316</t>
+    <t>4,9025</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>23,7816</t>
+    <t>23,6414</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,4643</t>
+    <t>3,4439</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,4498</t>
+    <t>13,3705</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,6827</t>
+    <t>7,6374</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,3406</t>
+    <t>18,2324</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>14,0611</t>
+    <t>13,9782</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,0946</t>
+    <t>5,0646</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7249</t>
+    <t>6,6852</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,7744</t>
+    <t>14,6872</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8719</t>
+    <t>3,8491</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>12,0233</t>
+    <t>11,9524</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>26,2882</t>
+    <t>26,1332</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,8471</t>
+    <t>6,8068</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,4119</t>
+    <t>11,3446</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,3974</t>
+    <t>7,3537</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,3086</t>
+    <t>12,236</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,4046</t>
+    <t>16,3079</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,4687</t>
+    <t>14,3834</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,9388</t>
+    <t>13,8567</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>13,1237</t>
+    <t>13,0463</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,6535</t>
+    <t>13,573</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,687</t>
+    <t>4,6594</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6303</t>
+    <t>1,6207</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,3784</t>
+    <t>20,2583</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,2154</t>
+    <t>20,0962</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,738</t>
+    <t>11,6688</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>